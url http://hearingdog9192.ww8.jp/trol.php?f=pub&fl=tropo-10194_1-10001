--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -1,117 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="117DCEC0" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:framePr w:w="2568" w:h="1475" w:hRule="exact" w:hSpace="142" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1494" w:y="-1475"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    </w:p>
+    <w:p w14:paraId="22714B2F" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:framePr w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="1659" w:y="-1325"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6F5DFCB9" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="03B53D52" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="5AFE2CDB" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>ソーシャライザーへのお問い合わせをいただきありがとうございます。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="640BC4FE" w14:textId="1A79A960" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　ソーシャライザーとは、聴導犬</w:t>
       </w:r>
       <w:r w:rsidR="00E32F39">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>または介助犬</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
@@ -142,78 +140,102 @@
         </w:rPr>
         <w:t>１年間</w:t>
       </w:r>
       <w:r w:rsidR="00E32F39">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>候補</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>犬を同じお宅で育てていただくわけではなく、</w:t>
       </w:r>
       <w:r w:rsidR="00E32F39">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>候補</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>犬の成長度に合わせて、日本聴導犬協会が決させていただ</w:t>
+        <w:t>犬の成長度に合わせて、日本聴導犬協会が決</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>め</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>させていただ</w:t>
       </w:r>
       <w:r w:rsidR="00512004">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>い</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>た期間（2～８ヶ月間）ソーシャライザー宅に育成委託させていただきます。</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRPr="00E32F39" w:rsidRDefault="00513910">
+        <w:t>た期間（2～</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>ヶ月間）ソーシャライザー宅に育成委託させていただきます。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329132A5" w14:textId="77777777" w:rsidR="00513910" w:rsidRPr="00E32F39" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="0750ACC7" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidR="00E32F39">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日本聴導犬協会</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
@@ -223,305 +245,305 @@
       <w:r w:rsidR="00B30737">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、少しずつ人間に癒して頂く</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ために、基本のしつけよりも愛情を一番に与えていただきます｡「人がいじめた犬は、人が治すしかありません」。ただ、この愛情というのが甘やかせるのではなく、</w:t>
       </w:r>
       <w:r w:rsidR="00E32F39">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日本聴導犬協会</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>の「きちんとした育犬方針」にしたがっていただくことになります。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="3D00F0B0" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　さらに、駅や商店街、お友達のお宅等、あちこちに一緒に連れて行っていただくことで、どんな状況にも対応できるような、社会性（ソーシャライジング）を身につけさせていただくのが</w:t>
       </w:r>
       <w:r w:rsidR="00E32F39">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、一番の</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>目的です｡「人間より犬が好き」というような方より「陽気で、人も犬も好き」という方に向いているボランティアです。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="681E51B9" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6E32127A" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>■ソーシャライザーへの条件</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00C51FCC">
+    <w:p w14:paraId="11FBBE38" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00C51FCC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>毎日、長時間、預かり</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>犬を1</w:t>
       </w:r>
       <w:r w:rsidR="00B30737">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>きりにしないようなご家庭</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="01BD3367" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>室内飼いができるご家庭（子犬ですので、いたずらはします）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="5269ADB7" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>他に犬がいないご家庭</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="3B3A2145" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日本聴導犬協会の育犬方針に従ってくださるご家庭</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="401B321A" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>人間の子供を育てるように</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>甘やか</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>すのではなく、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>愛情を持って育ててくださるご家庭</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRPr="00C51FCC" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6E5DE7B5" w14:textId="77777777" w:rsidR="00513910" w:rsidRPr="00C51FCC" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:ind w:left="210"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00B30737" w:rsidP="00C51FCC">
+    <w:p w14:paraId="238F09E9" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00B30737" w:rsidP="00C51FCC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:ind w:left="210"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>長時間預かり犬を一人</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>きりにしないようなご家庭でなくてはならないものですから、専業主婦の方か、自営業の方、または、お年よりがいらっしゃるご家庭に限られます。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="417BEC90" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　また、子犬なので、家屋･家財も噛んだり、ひ</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>っかい</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
@@ -531,63 +553,63 @@
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>破損させることもあります。それでも、</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「ノウでしょ」と</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>注意するだけで、たたいたり、叱責したりしない忍耐強い方にしか向いておりません。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="4A2F1DA3" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="0C90E171" w14:textId="7D3361A8" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　また、現在、月に1度の「子犬しつけ教室」</w:t>
       </w:r>
       <w:r w:rsidR="00B30737">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>＝パピークラス</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
@@ -600,285 +622,315 @@
         </w:rPr>
         <w:t>が、東京近郊</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>か、長野県</w:t>
       </w:r>
       <w:r w:rsidR="0050057F">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>宮田村</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>または、兵庫県芦屋市</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>までおこし</w:t>
+        <w:t>まで</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>お越し</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>いただくことになります。まずは、ボランティア</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>登録をさせていただきまして、東京近郊で場所が見つかりましたら、その旨ご連絡させていただきます。</w:t>
+        <w:t>登録を</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>して</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>いただきまして、</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>毎月のパピークラスのご案内を</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>させていただきます。</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>みなさまからの</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ご協力賜りたく、ご検討いただければ幸甚です。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00545B43">
+    <w:p w14:paraId="2D255CC1" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00545B43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>社会福祉</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>法人　日本聴導犬協会</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="0D643481" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>会長　有馬もと</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="583EEAEA" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="00C6F9BD" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
+    <w:p w14:paraId="6C677C42" w14:textId="77777777" w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
+    <w:p w14:paraId="5916DD72" w14:textId="77777777" w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
+    <w:p w14:paraId="5D3A5254" w14:textId="77777777" w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
+    <w:p w14:paraId="21753A48" w14:textId="77777777" w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
+    <w:p w14:paraId="2949A6DD" w14:textId="77777777" w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E32F39" w:rsidRDefault="00E32F39">
+    <w:p w14:paraId="09932370" w14:textId="77777777" w:rsidR="00E32F39" w:rsidRDefault="00E32F39">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6CC3272C" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="15C2B8A0" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ソーシャライザーになっていただくためのプロセス</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6A318C7E" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="09E7AAB9" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ソーシャライザーとは、聴導犬</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>や介助犬となる候補犬</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
@@ -918,151 +970,163 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>で</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>候補犬</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>の成長度を診て、決めさせていただ</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>くことになります。1頭だけでなく繰り返しできる方を募集します。ご協力をよろしくお願いいたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="178D32BB" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>ソーシャライザーになっていただくには：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="1EDFFA44" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>送付させていただいた資料を必ずお読み下さい。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="0050057F">
+    <w:p w14:paraId="1190BD60" w14:textId="11409A94" w:rsidR="00513910" w:rsidRDefault="0050057F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（日本聴導犬協会の運営主旨である「</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>障害者福祉」と「動物福祉」の考えをご理解くださる方にお願いしたいと思っておりますので資料をお読み頂き協会の主旨等をご理解ください）</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+        <w:t>障</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>がい支援</w:t>
+      </w:r>
+      <w:r w:rsidR="00513910">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>」と「動物福祉」の考えをご理解くださる方にお願いしたいと思っておりますので資料をお読み頂き協会の主旨等をご理解ください）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78BDC7F7" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>第1次審査：ソーシャライザー用アンケートにご記入ください</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="23AD427F" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（盲導犬の場合は、</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>１</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
@@ -1096,915 +1160,916 @@
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ますので、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>お一人暮らしの方やお年寄りだけのご家庭にもお願い</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>します</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>。ご家族構成や家の周りなどについてお教え下さい）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="48DCCE0A" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>第2次審査：ご家族面接</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="59D92F8C" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（アンケートを拝見させていただきまして、その後、ご家族全員との面接をさせていただきます。場所は長野か東京</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>、兵庫県</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>で行います）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="7C01E67F" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>第3次審査：ご自宅訪問</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6FF491C4" w14:textId="0263B596" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>（子犬は1年間で17～20歳までに成長すると言われております。短期間であっても、成長には一日、一日が重要な期間になります。ご自宅や周囲の環境を拝見して、子犬の移動先を決める際の参考にさせてください）</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+        <w:t>（子犬は1年間で17～20歳までに成長すると言われております。短期間であっても、成長には一日、一日が重要な期間になります。ご自宅や周囲の環境を拝見して、子犬の移動先を決める際の参考にさせてください</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>。ご家庭によって、子犬が安全に過ごせるように改善をお願いさせていただく場合があります。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14890152" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>▼審査を通られた方のみ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="670456AB" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>子犬の委託前の講習会参加⇒　当日、子犬を連れ帰っていただきます。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="2C7DBA96" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（審査を通られた方のみ、育成委託前の講習会に参加し、日本聴導犬協会の子犬育成方針を学んでいただきます。当日、子犬を連れて帰っていただきます）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6E6BC583" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>1ヵ月ごとのソーシャライザーの実技指導と子犬の成長度合いのチェック</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="37851532" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（毎月1回、ソーシャライザーのための実技指導と、お預かりいただいている子犬の成長度のチェックを行います。その時点で、ソーシャライザー宅を換えていくこともあります）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="078AFA81" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>▼費用の負担について：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="79B8EA72" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>１：下記はすべて</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日本聴導犬</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>協会で負担いたします。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="46071179" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>子犬の定期的にかかる医療費</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="0031527D" w:rsidP="0031527D">
+    <w:p w14:paraId="183624C1" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="0031527D" w:rsidP="0031527D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:ind w:left="210"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>健康診断、各種ワクチン、病気の治療についての</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>支払いは、</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>協会</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>でいたします</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="702CB2C3" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>子犬の食費（</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>日々の</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>おやつは</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ソーシャライザーさんの支払いになります</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="0031527D">
+    <w:p w14:paraId="7DD2DAF2" w14:textId="4F234CDD" w:rsidR="00513910" w:rsidRDefault="0031527D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
-        <w:t>リードの破損、</w:t>
+        <w:t>リード</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>、</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>おもちゃなどの必需品費（</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>破損や</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>紛失</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>の</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>場合</w:t>
       </w:r>
       <w:r w:rsidR="00C51FCC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>に</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>は弁償していただきます）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="1D267CB6" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>※交通費等（月一回の講習会や緊急時の車代などは、ご自身の負担になります）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="688B2343" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>子犬が起こしたご自宅への損害についても、協会側からの負担はありません。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910" w:rsidP="0031527D">
+    <w:p w14:paraId="3CD4B6AE" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910" w:rsidP="0031527D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:ind w:left="210" w:hangingChars="100" w:hanging="210"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>※</w:t>
       </w:r>
       <w:r w:rsidR="0031527D">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>交通</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>事故などによる</w:t>
       </w:r>
       <w:r w:rsidR="0031527D">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>「</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>子犬の治療費</w:t>
       </w:r>
       <w:r w:rsidR="0031527D">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>」、子犬が原因による「事故などの損害賠償」については、その時点の管理者であるソーシャライザーの方が、費用のいっさいの負担をお願いすることになります。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="21AB41AD" w14:textId="77777777" w:rsidR="00C51FCC" w:rsidRDefault="00C51FCC">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4252"/>
           <w:tab w:val="clear" w:pos="8504"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+          <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42035141" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>パピークラスに参加されるみなさまへ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910"/>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00C51FCC">
+    <w:p w14:paraId="1451086D" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910"/>
+    <w:p w14:paraId="03BD00F6" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00C51FCC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>社会福祉法人</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　日本聴導犬協会</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="04DA9C29" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>今後、パピークラスをより充実させるために、</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="51A58C9D" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>参加される方々に以下のことをお守りいただきたくよう、</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="571033F5" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>お願い申し上げております。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="23A61E70" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="aa"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>１：パピークラス開始時に、担当犬以外の犬に声をかけないでください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="36EA7FC3" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　かつて担当した犬であっても、現在は他のソーシャライザーが世話をしています。担当ソーシャライザーがせっかく犬を落ち着かせた時に、かつての担当者が声をかけると、犬が喜び、担当している方の迷惑になります。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>担当犬以外は無視をしていただく</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>ことが、他の方や犬たちにとって良いことなので、その旨、よろしくお願い致します。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910"/>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="5D3423D8" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910"/>
+    <w:p w14:paraId="345004AA" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>２：パピークラス中は、私語は慎んでください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="7CCFB683" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　スタッフがしつけの注意点をお話している時に、ソーシャライザーの方同士でお話をしていることがありますが、限られた回数しか集まっていただくことはできないので、クラスに集中して、スタッフがお話する他の方へのアドバイスも必ず聞きとめられるようにお願い致します。また、話しかけられた方にとっても、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>必要なアドバイスが聞けなくなりますので、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>迷惑になることも、ご留意ください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910"/>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="4799A7BD" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910"/>
+    <w:p w14:paraId="6CC4EA14" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>３：わからないことは、スタッフに聞いてください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="5954FB19" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　ソーシャライザーの方々が体験したことは、その犬のほんの一面を見たことにしかなりません。犬達は、各々方の家でいろいろな表情や態度を示していますが、それはその時々の飼主に合わせた態度をとっているにすぎません。かつての担当犬についてアドバイスをされても、それはその家庭だけで通じることです。パピークラスではわからないことは、スタッフに尋ねるか、その時にスタッフに尋ねるのが無理なら、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>パピークラス後の団欒時にたずねてください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910"/>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="2C31D569" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910"/>
+    <w:p w14:paraId="0ED4E322" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:pStyle w:val="aa"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>４：スタッフが行う犬の訓練（孤立させる、なきやむまでほっとく）について、信頼をしてください</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="181A357E" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　犬は群れで生きる動物のため、最も辛いのは孤立させられることだといわれています。パピークラス時に、わざと泣き止むまで遠くでほっておいたりしますが、それはこれまでの経験と考えがあって行っていることなので、「かわいそう」とか、「ひどい」とかといった感情でそれらを受け止めないでいただきたいと思います。特に、犬好きな子犬にとってはパピークラスで他の犬と遊べないことが、とてもいい我慢の場になります。そのため、何回か、同じ子を孤立させることもあります。担当した犬に愛情を持たれるのでしたら、成長のために与える犬へのストレスをご理解ください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910"/>
-[...5 lines deleted...]
-        <w:t>協会の犬達はペットではありません。将来、聴覚障がい</w:t>
+    <w:p w14:paraId="4082E7B5" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910"/>
+    <w:p w14:paraId="78FFE8C9" w14:textId="05291AF3" w:rsidR="00513910" w:rsidRDefault="0001666D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>協会の犬達はペットではありません。将来、聴覚</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06777">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>・肢体</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>障がい</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>者の方の伴侶となるために、独自の教育を受けて、忍耐強い犬になる必要があります。そのため、教育者となるソーシャライザーのみなさんも、その点をご理解くださるよう、お願い致します。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRPr="0003667C" w:rsidRDefault="00513910">
+    <w:p w14:paraId="0C9265A7" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910"/>
+    <w:p w14:paraId="67526A3E" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910"/>
+    <w:p w14:paraId="5FC2BDAA" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910"/>
+    <w:p w14:paraId="226978E4" w14:textId="77777777" w:rsidR="005C6692" w:rsidRDefault="005C6692">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="434F927A" w14:textId="77777777" w:rsidR="00513910" w:rsidRPr="0003667C" w:rsidRDefault="00513910">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="000000"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="HGSｺﾞｼｯｸM" w:eastAsia="HGSｺﾞｼｯｸM"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003667C">
         <w:rPr>
           <w:rFonts w:ascii="HGSｺﾞｼｯｸM" w:eastAsia="HGSｺﾞｼｯｸM" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ソーシャライザーに関するアンケート</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910" w:rsidP="0003667C">
+    <w:p w14:paraId="5EB32F61" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910" w:rsidP="0003667C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>（空欄にご記入ください）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="0003667C" w:rsidP="0003667C">
+    <w:p w14:paraId="1B2D8D02" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="0003667C" w:rsidP="0003667C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003667C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>記入日：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　年　　月　　日</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0003667C" w:rsidRPr="0003667C" w:rsidRDefault="0003667C" w:rsidP="0003667C">
+    <w:p w14:paraId="3D87475D" w14:textId="77777777" w:rsidR="0003667C" w:rsidRPr="0003667C" w:rsidRDefault="0003667C" w:rsidP="0003667C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00512004">
+    <w:p w14:paraId="09C99920" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00512004">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>お名前：　　　　　　　　　　　　　　　　　　　　生年月日</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -2016,51 +2081,51 @@
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">：　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="007A1830">
+    <w:p w14:paraId="1604080A" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="007A1830">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ご</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>住所：</w:t>
       </w:r>
       <w:r w:rsidR="00512004">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -2080,51 +2145,51 @@
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="0003667C">
+    <w:p w14:paraId="33B52FF1" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="0003667C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TEL</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">：　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -2184,284 +2249,284 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">：　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="007A1830">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
-[...7 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="48FCEEE4" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A657F77" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ご結婚していらっしゃいますか？（○をしてください）はい　　　　いいえ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="007A1830" w:rsidP="007A1830">
+    <w:p w14:paraId="12D7BB85" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="007A1830" w:rsidP="007A1830">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>家族構成・人数</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">：　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="79419523" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>3,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">同居しているお子さんについて（年齢）：　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="640345EA" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>4,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">（お子さんがいない場合でも）子どもに出会えますか？　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6C9E18EB" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">家屋のタイプ：　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="082ED354" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>犬を放せるような庭</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>○をしてください）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="076DFCFC" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　庭がある</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>{</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>庭には囲いが：ある　ない</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　ない</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="218EFD41" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ほかの動物がいますか？　はい</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -2473,315 +2538,347 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">何ですか？　　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>}</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　いいえ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="059678D0" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>飼っていない場合は、会わせることはできますか？</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="78A58100" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　はい　　　　　　　　　　　　　　　　　いいえ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="0052DB1C" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">どうやって会わせることができるか、教えてください：　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="05AC6943" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="424EE9A3" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6865E033" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>お仕事をお持ちですか？（○をしてください）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="2756F140" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　はい　　　　　　　　　　　　　　　　　いいえ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="4D71ED3B" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>11.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">どのようなお仕事をお持ちですか？　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="26A6C721" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>12.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">雇用形態を教えてください。　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="6731F688" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">一日のうちにどのくらい、犬をひとりきりにしますか？　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="02CBAC6E" w14:textId="03CD5EA6" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>14.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">車で、講習会等に来られる事は可能ですか？　　　　　　　　　　　　　　　　　　　</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+        <w:t>車で、</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF21A1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>講習会</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>等に来られる事は可能ですか</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF21A1">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>？（長野・東京八王子・兵庫芦屋等）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A618725" w14:textId="1A8A6C89" w:rsidR="00BF21A1" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="2F3E465A" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>15.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>子犬が急病等の時に、長野か赤坂</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
@@ -2809,717 +2906,717 @@
       <w:r w:rsidR="000E07A8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>、または近隣の協会指定医</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">まで運ぶことは可能ですか？　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="000E07A8">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="031DBCBF" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="26DE9AE5" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>16.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">繁華な場所に犬を連れて行く事はできますか？　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="44E8FCD0" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>17.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">そこはどんな場所ですか？　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="39379C31" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="256FDB78" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>18.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">どのくらいの頻度で連れて行けますか？　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="4F435200" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="64ADA7CF" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>19.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">しつけの良い犬とはどんな犬だとお考えですか？　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="750B99EC" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="591CD7E3" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="429301B2" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E07A8" w:rsidRPr="000E07A8" w:rsidRDefault="000E07A8">
-[...7 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="1CB4E887" w14:textId="77777777" w:rsidR="000E07A8" w:rsidRPr="000E07A8" w:rsidRDefault="000E07A8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="634934DE" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>20.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>将</w:t>
       </w:r>
       <w:r w:rsidR="0003667C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>来聴導犬になるために、どのように社会化されなくてはならないとお考え</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ですか？　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="0A7E20D6" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="23BE72B5" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="5C434FBC" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="1D56D22A" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>21.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>これまでの犬に関する経験（外飼いか家の中飼いかも）をあげてください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="26C95A32" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="1595E7D7" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="32EBD502" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="1C578685" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>22,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>なぜ聴導犬のソーシャライザーになりたいと思われたかも、お教えください。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="64D05928" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="27F94041" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="2022C699" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="71298BE8" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="61E9498D" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRPr="0003667C" w:rsidRDefault="00513910">
+    <w:p w14:paraId="4DB7933E" w14:textId="77777777" w:rsidR="00513910" w:rsidRPr="0003667C" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003667C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>23.</w:t>
       </w:r>
       <w:r w:rsidRPr="0003667C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>何かクラブ、他のボランティア活動、犬の訓練スクール</w:t>
       </w:r>
       <w:r w:rsidR="0003667C" w:rsidRPr="0003667C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r w:rsidRPr="0003667C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>に入られていますか？</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="16989661" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">はいと答えられた方のみ、その内容をお教えください。　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="76CDCD71" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="504F6FD2" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="1281AA3A" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="136C2BDE" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0031527D" w:rsidRDefault="0031527D">
-[...7 lines deleted...]
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="37DBB15A" w14:textId="77777777" w:rsidR="0031527D" w:rsidRDefault="0031527D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022F8B09" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00512004">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+    <w:p w14:paraId="74F59ABA" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>．ソーシャライザー募集は何で知りましたか。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00512004" w:rsidRDefault="00512004" w:rsidP="00512004">
+    <w:p w14:paraId="0D3DD633" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004" w:rsidP="00512004">
       <w:pPr>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>HP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3534,510 +3631,582 @@
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　インスタグラム　　ツイッター　　</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>mixi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00512004" w:rsidP="00512004">
+    <w:p w14:paraId="184F1A0D" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00512004" w:rsidP="00512004">
       <w:pPr>
         <w:ind w:firstLineChars="200" w:firstLine="480"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">新聞　　口コミ　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　講演・デモ　　その他（　　　　　　　　）</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="2DA72F0E" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="01C4E6C2" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00512004">
-[...12 lines deleted...]
-        <w:t xml:space="preserve">●その他、何かご意見、質問等がございましたら、ご記入ください。　　</w:t>
+    <w:p w14:paraId="117A693A" w14:textId="6BF05A2C" w:rsidR="00BF21A1" w:rsidRPr="00A06777" w:rsidRDefault="00BF21A1" w:rsidP="00BF21A1">
+      <w:pPr>
+        <w:adjustRightInd/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>．ご家族の中で、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>精神障がい治療またはカウンセラーを受けている方がいる、または、いましたか？　　　　　　　　　　　　　　　　　　　　はい・いいえ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20239D08" w14:textId="2D3D1D4F" w:rsidR="00BF21A1" w:rsidRPr="00A06777" w:rsidRDefault="00BF21A1" w:rsidP="00BF21A1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">（はいの場合→いつごろ、どのような？：　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05632EE0" w14:textId="42661E8E" w:rsidR="00BF21A1" w:rsidRPr="00A06777" w:rsidRDefault="00BF21A1" w:rsidP="00BF21A1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D55C91" w14:textId="61705334" w:rsidR="00513910" w:rsidRPr="00A06777" w:rsidRDefault="00512004">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00513910" w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094D1A72" w14:textId="7DB5CC28" w:rsidR="00513910" w:rsidRDefault="00513910">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF21A1" w:rsidRPr="00A06777">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFC43E1" w14:textId="2D34E103" w:rsidR="00513910" w:rsidRDefault="00BF21A1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>●その他、何かご意見、質問等がございましたら、ご記入ください。</w:t>
       </w:r>
       <w:r w:rsidR="00513910">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C4FEFC" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D76C0EA" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FD3DA21" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD88383" w14:textId="0EFDA34F" w:rsidR="0031527D" w:rsidRDefault="00513910">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:sz w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
-[...143 lines deleted...]
-    <w:p w:rsidR="007A1830" w:rsidRDefault="00513910">
+    <w:p w14:paraId="1C3A2816" w14:textId="77777777" w:rsidR="007A1830" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>※みなさまのアンケートの結果を拝見いたしまして、ご連絡を申し上げます。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00513910" w:rsidRDefault="00513910">
+    <w:p w14:paraId="7E209241" w14:textId="77777777" w:rsidR="00513910" w:rsidRDefault="00513910">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>よろしくお願い申し上げます。</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00513910" w:rsidSect="00D56C9D">
+    <w:sectPr w:rsidR="00513910" w:rsidSect="00A06777">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1134" w:right="1559" w:bottom="1134" w:left="1701" w:header="1134" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1559" w:bottom="1134" w:left="1701" w:header="1134" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+    <w:p w14:paraId="355787F2" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+    <w:p w14:paraId="7DEFFA16" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HGSｺﾞｼｯｸM">
     <w:panose1 w:val="020B0600000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000281" w:usb1="28C76CF8" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="02AAFACA" w14:textId="66599A47" w:rsidR="00512004" w:rsidRDefault="00512004">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>〒</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>399-43</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>長野県上伊那郡宮田村宮田</w:t>
     </w:r>
+    <w:r w:rsidR="00A06777">
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>７０３０－１</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">3200  </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00512004" w:rsidRDefault="00512004" w:rsidP="0003667C">
+  <w:p w14:paraId="7463C829" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004" w:rsidP="0003667C">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>TEL/FAX: 0265-85-4615</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>、5290　E-mail:inf@hearingdog.or.jp  http://www.hearingdog.or.jp</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00512004" w:rsidRDefault="00512004" w:rsidP="0003667C">
+  <w:p w14:paraId="3302B041" w14:textId="62460403" w:rsidR="00512004" w:rsidRDefault="00512004" w:rsidP="0003667C">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Address</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
+    <w:r w:rsidR="00A06777">
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ ゴシック" w:hint="eastAsia"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>7030</w:t>
+    </w:r>
+    <w:r w:rsidR="00A06777">
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ ゴシック" w:hint="eastAsia"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>‐</w:t>
+    </w:r>
+    <w:r w:rsidR="00A06777">
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ ゴシック" w:hint="eastAsia"/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">3200, </w:t>
+      <w:t xml:space="preserve">, </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Miya</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>a,Kamiina</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
@@ -4060,259 +4229,223 @@
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>399-43</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>Japan</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+  <w:p w14:paraId="093072A0" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004">
     <w:pPr>
       <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+    <w:p w14:paraId="5386127F" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+    <w:p w14:paraId="316A2896" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D707F7A" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004">
     <w:pPr>
       <w:framePr w:w="7389" w:h="707" w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="2850" w:y="1362"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:b/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="40"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:t>Japan Hearing Dogs for Deaf People</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
+  <w:p w14:paraId="0FD7702C" w14:textId="77777777" w:rsidR="00512004" w:rsidRDefault="00512004" w:rsidP="00A06777">
     <w:pPr>
-      <w:framePr w:w="2568" w:h="1475" w:hRule="exact" w:hSpace="142" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1494" w:y="1"/>
+      <w:framePr w:w="2568" w:h="1475" w:hRule="exact" w:hSpace="142" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="229" w:y="67"/>
     </w:pPr>
     <w:r>
-      <w:object w:dxaOrig="1183" w:dyaOrig="1389">
+      <w:object w:dxaOrig="1180" w:dyaOrig="1390" w14:anchorId="6DAF687F">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:59.25pt;height:69.75pt" o:ole="">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:59pt;height:69.5pt">
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="Word.Document.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1682590590" r:id="rId2"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Document.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1830069322" r:id="rId2"/>
       </w:object>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00512004" w:rsidRPr="0003667C" w:rsidRDefault="00512004">
+  <w:p w14:paraId="5C646C2D" w14:textId="3E2FC9B4" w:rsidR="00512004" w:rsidRPr="00A06777" w:rsidRDefault="00512004">
     <w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
+        <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:spacing w:val="-12"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...5 lines deleted...]
-    </w:r>
     <w:r w:rsidRPr="0003667C">
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:spacing w:val="-12"/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>NPO法人グランプリ受賞/国際アシスタンス・ドッグ協会会員＆理事/</w:t>
+      <w:t>NPO</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0003667C">
+      <w:rPr>
+        <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+        <w:spacing w:val="-12"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>法人グランプリ受賞/国際アシスタンス・ドッグ協会会員＆理事/</w:t>
     </w:r>
     <w:r w:rsidRPr="0003667C">
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:spacing w:val="-12"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>英国の聴導犬協会が指導</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
-[...6 lines deleted...]
-  <w:p w:rsidR="00512004" w:rsidRPr="0003667C" w:rsidRDefault="00512004">
+  <w:p w14:paraId="1396DBAF" w14:textId="77777777" w:rsidR="00512004" w:rsidRPr="0003667C" w:rsidRDefault="00512004">
     <w:pPr>
       <w:framePr w:w="7194" w:h="279" w:hSpace="142" w:wrap="around" w:vAnchor="page" w:hAnchor="page" w:x="2790" w:y="1930"/>
       <w:rPr>
         <w:spacing w:val="-6"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0003667C">
       <w:rPr>
         <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:spacing w:val="-6"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>「障害者福祉」と「動物福祉」を使命とし、人と動物が共存できるまちづくりに取り組む</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00512004" w:rsidRDefault="00512004">
-[...20 lines deleted...]
-  <w:p w:rsidR="00512004" w:rsidRPr="0003667C" w:rsidRDefault="00512004">
+  <w:p w14:paraId="6539F3A0" w14:textId="2EB0FB42" w:rsidR="00512004" w:rsidRPr="0003667C" w:rsidRDefault="00512004" w:rsidP="00A06777">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:rPr>
         <w:szCs w:val="21"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...7 lines deleted...]
-    </w:r>
     <w:r w:rsidRPr="0003667C">
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:b/>
         <w:w w:val="150"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>社会福祉</w:t>
     </w:r>
     <w:r w:rsidRPr="0003667C">
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
         <w:b/>
         <w:w w:val="150"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>法人日本聴導犬協会</w:t>
     </w:r>
     <w:r w:rsidRPr="0003667C">
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック"/>
         <w:b/>
         <w:w w:val="150"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="zh-TW"/>
       </w:rPr>
       <w:t>®</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03883955"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="46C8E7AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09CF6A1D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4E00EDF2"/>
     <w:lvl w:ilvl="0">
@@ -5066,498 +5199,595 @@
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="640F5B6F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F41CA098"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="・"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69872A3C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CDA0311A"/>
+    <w:lvl w:ilvl="0" w:tplc="AF560638">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="840"/>
+        </w:tabs>
+        <w:ind w:left="840" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:left="1260" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1680"/>
+        </w:tabs>
+        <w:ind w:left="1680" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2100"/>
+        </w:tabs>
+        <w:ind w:left="2100" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2940"/>
+        </w:tabs>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090017" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="aiueoFullWidth"/>
+      <w:lvlText w:val="(%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3360"/>
+        </w:tabs>
+        <w:ind w:left="3360" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090011" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalEnclosedCircle"/>
+      <w:lvlText w:val="%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3780"/>
+        </w:tabs>
+        <w:ind w:left="3780" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F01368B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="48A426D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="※"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="210"/>
         </w:tabs>
         <w:ind w:left="210" w:hanging="210"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Century" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="756575D8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="659CACBC"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▼"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="210"/>
         </w:tabs>
         <w:ind w:left="210" w:hanging="210"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ ゴシック" w:eastAsia="ＭＳ ゴシック" w:hAnsi="Century" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75A1630F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0D862E1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalFullWidth"/>
       <w:lvlText w:val="%1．"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="405"/>
         </w:tabs>
         <w:ind w:left="405" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="769F08B2"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="8D509B8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="・"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="210"/>
         </w:tabs>
         <w:ind w:left="210" w:hanging="210"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7749705C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A7D89A8A"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="240"/>
         </w:tabs>
         <w:ind w:left="240" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ＭＳ 明朝" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79D93B38"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3EA6CBE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C866EC3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D9CA9468"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalFullWidth"/>
       <w:lvlText w:val="%1．"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="405"/>
         </w:tabs>
         <w:ind w:left="405" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D6D10B5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6854DF4E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="660"/>
         </w:tabs>
         <w:ind w:left="660" w:hanging="435"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1510439888">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1158152502">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1251114758">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="973608208">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1948274282">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1527135966">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="779297556">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1985230362">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1992059063">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="178854462">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1053694686">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="713850342">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1356492435">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="434178530">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2123068284">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="907347962">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="552498391">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="69356154">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="360211099">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1098215196">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1778986777">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="658071513">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1163082755">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="669869395">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="860163107">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="953436847">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1557355551">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="2118015009">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1556811550">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="1473211399">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1917860493">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="2005424983">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="33" w16cid:durableId="614405659">
+    <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="34"/>
+  <w:num w:numId="34" w16cid:durableId="1484925489">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="31"/>
+  <w:num w:numId="35" w16cid:durableId="1943877675">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="36" w16cid:durableId="1828352832">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="37" w16cid:durableId="1486311051">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="38" w16cid:durableId="810488862">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="39" w16cid:durableId="523445549">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="40" w16cid:durableId="1557619107">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="12">
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="41" w16cid:durableId="21637361">
+    <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="42" w16cid:durableId="1221284671">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="14">
-    <w:abstractNumId w:val="44"/>
+  <w:num w:numId="43" w16cid:durableId="534736896">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="44" w16cid:durableId="344982576">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="16">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="45" w16cid:durableId="262081634">
+    <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="17">
-[...41 lines deleted...]
-  <w:num w:numId="31">
+  <w:num w:numId="46" w16cid:durableId="1702512615">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="32">
-[...44 lines deleted...]
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="1600871651">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="1725569378">
     <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="2146314390">
+    <w:abstractNumId w:val="40"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="864"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:drawingGridVerticalSpacing w:val="148"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:noLineBreaksAfter w:lang="ja-JP" w:val="$([\{‘“〈《「『【〔＄（［｛｢￡￥"/>
   <w:noLineBreaksBefore w:lang="ja-JP" w:val="!%),.:;?]}°’”‰′″℃、。々〉》」』】〕゛゜ゝゞ・ヽヾ！％），．：；？］｝｡｣､･ﾞﾟ￠"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266">
+    <o:shapedefaults v:ext="edit" spidmax="15362">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
-    <w:usePrinterMetrics/>
-[...4 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...8 lines deleted...]
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="AutoMarginAdjustment2" w:val="78.1 pt,1.2 pt"/>
     <w:docVar w:name="DocLay" w:val="YES"/>
     <w:docVar w:name="ValidCPLLPP" w:val="1"/>
     <w:docVar w:name="ViewGrid" w:val="0"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0003667C"/>
     <w:rsid w:val="0001666D"/>
     <w:rsid w:val="0003667C"/>
     <w:rsid w:val="00060883"/>
     <w:rsid w:val="000E07A8"/>
     <w:rsid w:val="00204A87"/>
+    <w:rsid w:val="002C1F2B"/>
     <w:rsid w:val="0031527D"/>
     <w:rsid w:val="0050057F"/>
     <w:rsid w:val="00512004"/>
     <w:rsid w:val="00513910"/>
     <w:rsid w:val="00545B43"/>
     <w:rsid w:val="005C6692"/>
     <w:rsid w:val="007A1830"/>
+    <w:rsid w:val="008555D6"/>
     <w:rsid w:val="008841AD"/>
     <w:rsid w:val="009E3D04"/>
+    <w:rsid w:val="00A06777"/>
     <w:rsid w:val="00A6718F"/>
     <w:rsid w:val="00B30737"/>
+    <w:rsid w:val="00BF21A1"/>
     <w:rsid w:val="00C51FCC"/>
     <w:rsid w:val="00CC5AB7"/>
     <w:rsid w:val="00D56C9D"/>
     <w:rsid w:val="00DA3184"/>
     <w:rsid w:val="00E32F39"/>
-    <w:rsid w:val="00FE6D4F"/>
+    <w:rsid w:val="00E86C18"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266">
+    <o:shapedefaults v:ext="edit" spidmax="15362">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="6893A338"/>
   <w15:docId w15:val="{1E0F3685-5278-4F86-AA9A-E8DD44C76BA1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5885,50 +6115,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D56C9D"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -6044,51 +6279,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="0001666D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="吹き出し (文字)"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0001666D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -6320,77 +6555,77 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>959</Words>
-  <Characters>5469</Characters>
+  <Words>4307</Words>
+  <Characters>2245</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>12</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>18</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>英国の聴導犬協会が指導・長野県の伊那保健所が推進する</vt:lpstr>
       <vt:lpstr>　　　　　　　　　　英国の聴導犬協会が指導・長野県の伊那保健所が推進する</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6416</CharactersWithSpaces>
+  <CharactersWithSpaces>6539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>英国の聴導犬協会が指導・長野県の伊那保健所が推進する</dc:title>
   <dc:creator>東芝ユーザ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>